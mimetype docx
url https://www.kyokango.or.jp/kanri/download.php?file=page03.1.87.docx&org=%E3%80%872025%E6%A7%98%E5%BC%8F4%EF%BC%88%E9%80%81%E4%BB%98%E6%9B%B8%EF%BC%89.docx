--- v0 (2025-12-07)
+++ v1 (2026-03-17)
@@ -2,250 +2,264 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="00730A82" w14:textId="25ABDD86" w:rsidR="00041DB4" w:rsidRPr="009B42FD" w:rsidRDefault="00307BF6" w:rsidP="00641C72">
+    <w:p w14:paraId="00730A82" w14:textId="46F7AD3B" w:rsidR="00041DB4" w:rsidRPr="009B42FD" w:rsidRDefault="00307BF6" w:rsidP="00641C72">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B42FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>令和</w:t>
       </w:r>
-      <w:r w:rsidR="00FE760A">
+      <w:r w:rsidR="00DA0260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">　　</w:t>
       </w:r>
       <w:r w:rsidR="00641C72" w:rsidRPr="009B42FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
-      <w:r w:rsidR="00FE760A">
+      <w:r w:rsidR="00DA0260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">　　</w:t>
       </w:r>
       <w:r w:rsidR="00641C72" w:rsidRPr="009B42FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
-      <w:r w:rsidR="00FE760A">
+      <w:r w:rsidR="00DA0260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">　　</w:t>
       </w:r>
       <w:r w:rsidR="00641C72" w:rsidRPr="009B42FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5866DF3D" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00641C72">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D8F01F9" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00641C72">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="724B9874" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00605EFB">
-[...1 lines deleted...]
-        <w:ind w:right="880" w:firstLineChars="2100" w:firstLine="4620"/>
+    <w:p w14:paraId="724B9874" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00FA7E23">
+      <w:pPr>
+        <w:ind w:right="880" w:firstLineChars="2000" w:firstLine="4400"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B42FD">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>≪</w:t>
       </w:r>
       <w:r w:rsidRPr="009B42FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>施設名</w:t>
       </w:r>
       <w:r w:rsidRPr="009B42FD">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>≫</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="592482AA" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00605EFB">
+    <w:p w14:paraId="592482AA" w14:textId="07E999C7" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00605EFB">
       <w:pPr>
         <w:wordWrap w:val="0"/>
         <w:ind w:right="440"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B42FD">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>≪</w:t>
       </w:r>
       <w:r w:rsidRPr="009B42FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>施設看護職代表者氏名</w:t>
       </w:r>
       <w:r w:rsidRPr="009B42FD">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>≫</w:t>
       </w:r>
       <w:r w:rsidR="00F804E3" w:rsidRPr="009B42FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="ＭＳ 明朝"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">     </w:t>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7E23">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r w:rsidR="00F804E3" w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00605EFB" w:rsidRPr="009B42FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="ＭＳ 明朝"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>印</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68B59C95" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00641C72">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A44DE64" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00641C72">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F146922" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00641C72">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D123025" w14:textId="6737CE8B" w:rsidR="000168A7" w:rsidRPr="009B42FD" w:rsidRDefault="00307BF6" w:rsidP="00641C72">
+    <w:p w14:paraId="2D123025" w14:textId="71D7A572" w:rsidR="000168A7" w:rsidRPr="009B42FD" w:rsidRDefault="00307BF6" w:rsidP="00641C72">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B42FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>令和</w:t>
       </w:r>
-      <w:r w:rsidR="001051FB">
+      <w:r w:rsidR="00FA7E23">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>７</w:t>
+        <w:t>８</w:t>
       </w:r>
       <w:r w:rsidR="00605EFB" w:rsidRPr="009B42FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>年度</w:t>
       </w:r>
       <w:r w:rsidR="000168A7" w:rsidRPr="009B42FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
       <w:r w:rsidR="00641C72" w:rsidRPr="009B42FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>認定看護管理者教育課程</w:t>
       </w:r>
       <w:r w:rsidR="000168A7" w:rsidRPr="009B42FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
@@ -275,53 +289,52 @@
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D4D4B15" w14:textId="77777777" w:rsidR="005871B8" w:rsidRPr="009B42FD" w:rsidRDefault="005871B8" w:rsidP="00641C72">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69461A93" w14:textId="77777777" w:rsidR="005871B8" w:rsidRPr="009B42FD" w:rsidRDefault="005871B8" w:rsidP="00641C72">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41767137" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00FE760A">
-[...1 lines deleted...]
-        <w:ind w:firstLineChars="100" w:firstLine="220"/>
+    <w:p w14:paraId="41767137" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="005871B8">
+      <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B42FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>標記について</w:t>
       </w:r>
       <w:r w:rsidR="00890215" w:rsidRPr="009B42FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>、以下</w:t>
       </w:r>
       <w:r w:rsidRPr="009B42FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -549,58 +562,58 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="755D9397" w14:textId="77777777" w:rsidR="000168A7" w:rsidRPr="009B42FD" w:rsidRDefault="000168A7" w:rsidP="005871B8">
       <w:pPr>
         <w:ind w:firstLineChars="300" w:firstLine="660"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000168A7" w:rsidRPr="009B42FD">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1701" w:bottom="1701" w:left="1701" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0FE026B3" w14:textId="77777777" w:rsidR="00054A77" w:rsidRDefault="00054A77" w:rsidP="00641C72">
+    <w:p w14:paraId="349A72C8" w14:textId="77777777" w:rsidR="00992FFF" w:rsidRDefault="00992FFF" w:rsidP="00641C72">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2670E7C0" w14:textId="77777777" w:rsidR="00054A77" w:rsidRDefault="00054A77" w:rsidP="00641C72">
+    <w:p w14:paraId="34CC36E1" w14:textId="77777777" w:rsidR="00992FFF" w:rsidRDefault="00992FFF" w:rsidP="00641C72">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Century">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
@@ -610,181 +623,184 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ ゴシック">
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0BFEF7CE" w14:textId="77777777" w:rsidR="00054A77" w:rsidRDefault="00054A77" w:rsidP="00641C72">
+    <w:p w14:paraId="0AB164ED" w14:textId="77777777" w:rsidR="00992FFF" w:rsidRDefault="00992FFF" w:rsidP="00641C72">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="637F9816" w14:textId="77777777" w:rsidR="00054A77" w:rsidRDefault="00054A77" w:rsidP="00641C72">
+    <w:p w14:paraId="1DFD4048" w14:textId="77777777" w:rsidR="00992FFF" w:rsidRDefault="00992FFF" w:rsidP="00641C72">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="34684B92" w14:textId="3193C6B5" w:rsidR="00641C72" w:rsidRDefault="00605EFB">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
       <w:t>≪</w:t>
     </w:r>
     <w:r w:rsidR="00641C72">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
       <w:t>様式</w:t>
     </w:r>
     <w:r w:rsidR="00985BDC">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
       <w:t>≫</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="98"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00641C72"/>
     <w:rsid w:val="000103D8"/>
     <w:rsid w:val="000168A7"/>
     <w:rsid w:val="00025666"/>
     <w:rsid w:val="00041DB4"/>
     <w:rsid w:val="00046B6D"/>
     <w:rsid w:val="00054A77"/>
     <w:rsid w:val="00097E29"/>
-    <w:rsid w:val="001051FB"/>
     <w:rsid w:val="00163D84"/>
     <w:rsid w:val="0019524F"/>
-    <w:rsid w:val="001E5052"/>
+    <w:rsid w:val="0024468D"/>
     <w:rsid w:val="00284D06"/>
     <w:rsid w:val="002C160F"/>
+    <w:rsid w:val="00301757"/>
     <w:rsid w:val="00307BF6"/>
     <w:rsid w:val="003C5045"/>
-    <w:rsid w:val="003C67D4"/>
     <w:rsid w:val="003D3860"/>
     <w:rsid w:val="003F5C9A"/>
-    <w:rsid w:val="004723C1"/>
+    <w:rsid w:val="0056160B"/>
     <w:rsid w:val="005871B8"/>
     <w:rsid w:val="005A01EF"/>
     <w:rsid w:val="00605EFB"/>
     <w:rsid w:val="00637458"/>
     <w:rsid w:val="00641C72"/>
     <w:rsid w:val="00801022"/>
     <w:rsid w:val="00890215"/>
     <w:rsid w:val="008E4585"/>
     <w:rsid w:val="0095151D"/>
     <w:rsid w:val="00985BDC"/>
+    <w:rsid w:val="00992FFF"/>
     <w:rsid w:val="009B42FD"/>
     <w:rsid w:val="009C3DC4"/>
+    <w:rsid w:val="00AF6D2A"/>
     <w:rsid w:val="00B1200C"/>
     <w:rsid w:val="00CB57B0"/>
     <w:rsid w:val="00CD2AEE"/>
     <w:rsid w:val="00CE7FA0"/>
     <w:rsid w:val="00D16DBE"/>
+    <w:rsid w:val="00DA0260"/>
     <w:rsid w:val="00DC3922"/>
     <w:rsid w:val="00E77D26"/>
+    <w:rsid w:val="00F078AE"/>
     <w:rsid w:val="00F804E3"/>
+    <w:rsid w:val="00FA7E23"/>
     <w:rsid w:val="00FD1379"/>
-    <w:rsid w:val="00FE760A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -1654,65 +1670,65 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>22</Words>
-  <Characters>131</Characters>
+  <Characters>132</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>152</CharactersWithSpaces>
+  <CharactersWithSpaces>153</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>kango11</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>