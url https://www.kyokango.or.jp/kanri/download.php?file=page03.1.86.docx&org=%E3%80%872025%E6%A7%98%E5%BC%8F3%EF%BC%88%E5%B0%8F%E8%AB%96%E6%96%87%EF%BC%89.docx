--- v0 (2025-12-07)
+++ v1 (2026-03-17)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="720D921D" w14:textId="0DD8C6D0" w:rsidR="00A32EAD" w:rsidRPr="002C1F9B" w:rsidRDefault="00146D59" w:rsidP="00A7516F">
+    <w:p w14:paraId="720D921D" w14:textId="4B3E4998" w:rsidR="00A32EAD" w:rsidRPr="002C1F9B" w:rsidRDefault="00146D59" w:rsidP="00A7516F">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:before="155"/>
         <w:ind w:left="224" w:hangingChars="100" w:hanging="224"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>〇</w:t>
       </w:r>
       <w:r w:rsidR="00FF0621">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">セカンドレベル </w:t>
       </w:r>
       <w:r w:rsidR="00A7516F">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
@@ -60,51 +60,51 @@
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>基準</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1220"/>
         <w:gridCol w:w="8408"/>
       </w:tblGrid>
       <w:tr w:rsidR="00214C60" w:rsidRPr="002C1F9B" w14:paraId="3269ACD3" w14:textId="77777777" w:rsidTr="007D695E">
         <w:trPr>
           <w:trHeight w:val="376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="369CA4C3" w14:textId="39635AA6" w:rsidR="00214C60" w:rsidRPr="002C1F9B" w:rsidRDefault="00214C60" w:rsidP="00C350A6">
+          <w:p w14:paraId="369CA4C3" w14:textId="2D96762B" w:rsidR="00214C60" w:rsidRPr="002C1F9B" w:rsidRDefault="00214C60" w:rsidP="00C350A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1335"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>セカンド</w:t>
             </w:r>
             <w:r w:rsidRPr="002C1F9B">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>レベル</w:t>
             </w:r>
@@ -237,51 +237,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="48987A7E" w14:textId="247B01F9" w:rsidR="00D71807" w:rsidRPr="002C1F9B" w:rsidRDefault="00D71807" w:rsidP="00C350A6">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C1F9B">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>規定</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8408" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46DAC13B" w14:textId="1E10E31A" w:rsidR="00D71807" w:rsidRPr="002C1F9B" w:rsidRDefault="00D71807" w:rsidP="00487638">
+          <w:p w14:paraId="46DAC13B" w14:textId="298AAD50" w:rsidR="00D71807" w:rsidRPr="002C1F9B" w:rsidRDefault="00D71807" w:rsidP="00487638">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">総文字数 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C1F9B">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
@@ -295,51 +295,51 @@
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="002C1F9B">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>00～1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="002C1F9B">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>00字</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5133D8B0" w14:textId="401A12E1" w:rsidR="00D71807" w:rsidRPr="002C1F9B" w:rsidRDefault="00D71807" w:rsidP="00A7516F">
+          <w:p w14:paraId="5133D8B0" w14:textId="77777777" w:rsidR="00D71807" w:rsidRPr="002C1F9B" w:rsidRDefault="00D71807" w:rsidP="00A7516F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C1F9B">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>用紙サイズおよび枚数：A4（縦長、横書き）</w:t>
             </w:r>
             <w:r w:rsidRPr="002C1F9B">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="wave"/>
               </w:rPr>
               <w:t>1枚厳守、表紙不要</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D0CB320" w14:textId="77777777" w:rsidR="00D71807" w:rsidRPr="002C1F9B" w:rsidRDefault="00D71807" w:rsidP="00A7516F">
             <w:pPr>
               <w:rPr>
@@ -354,389 +354,395 @@
               </w:rPr>
               <w:t>パソコンソフト（</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>W</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>ord</w:t>
             </w:r>
             <w:r w:rsidRPr="002C1F9B">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>）使用</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B40AEA2" w14:textId="65CC1601" w:rsidR="00D71807" w:rsidRDefault="00D71807" w:rsidP="00A7516F">
+          <w:p w14:paraId="7B40AEA2" w14:textId="77777777" w:rsidR="00D71807" w:rsidRDefault="00D71807" w:rsidP="00A7516F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C1F9B">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>書式設定：</w:t>
             </w:r>
             <w:r w:rsidRPr="002C1F9B">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">〇余白：上下30㎜・左右30㎜　　　〇字体：MS明朝　　　　　</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B787F26" w14:textId="58446090" w:rsidR="00D71807" w:rsidRDefault="00D71807" w:rsidP="00A7516F">
+          <w:p w14:paraId="7B787F26" w14:textId="77777777" w:rsidR="00D71807" w:rsidRDefault="00D71807" w:rsidP="00A7516F">
             <w:pPr>
               <w:ind w:firstLineChars="550" w:firstLine="1233"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>〇</w:t>
             </w:r>
             <w:r w:rsidRPr="002C1F9B">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>フォント</w:t>
             </w:r>
             <w:r w:rsidRPr="002C1F9B">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10．5ポイント</w:t>
             </w:r>
             <w:r w:rsidRPr="002C1F9B">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　〇字数・行数：42字×45行</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58B2D036" w14:textId="3B17D6B9" w:rsidR="00D71807" w:rsidRDefault="00D71807" w:rsidP="00A7516F">
+          <w:p w14:paraId="58B2D036" w14:textId="77777777" w:rsidR="00D71807" w:rsidRDefault="00D71807" w:rsidP="00A7516F">
             <w:pPr>
               <w:ind w:firstLineChars="550" w:firstLine="1233"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">〇数字英字は半角　</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45565944" w14:textId="504FD8CD" w:rsidR="00D71807" w:rsidRPr="002C1F9B" w:rsidRDefault="00766D64" w:rsidP="00A7516F">
+          <w:p w14:paraId="45565944" w14:textId="5EEA87C0" w:rsidR="00D71807" w:rsidRPr="002C1F9B" w:rsidRDefault="00D71807" w:rsidP="00A7516F">
             <w:pPr>
               <w:ind w:firstLineChars="550" w:firstLine="1233"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
-[...83 lines deleted...]
-                      <v:textbox>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>〇最後に</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033479E">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:u w:val="wave"/>
+              </w:rPr>
+              <w:t>本文の総文字数を明記</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D71807">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+                <w:u w:val="wave"/>
+              </w:rPr>
+              <w:t>：例）（1537文字）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="68C68D98" w14:textId="77777777" w:rsidR="00C350A6" w:rsidRDefault="00C350A6" w:rsidP="00802070">
+      <w:pPr>
+        <w:spacing w:beforeLines="50" w:before="155"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="115"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="654BC470" w14:textId="5722AFFE" w:rsidR="00126D8E" w:rsidRDefault="00487638" w:rsidP="00802070">
+      <w:pPr>
+        <w:spacing w:beforeLines="50" w:before="155"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:spacing w:val="115"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:noProof/>
+          <w:spacing w:val="115"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6290507E" wp14:editId="5A2F794E">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2531062</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>138286</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1017905" cy="439864"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="7" name="テキスト ボックス 7"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1017905" cy="439864"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="1F552A29" w14:textId="3C5A561B" w:rsidR="00126D8E" w:rsidRPr="00126D8E" w:rsidRDefault="00126D8E">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00126D8E">
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>【見本】</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
-                      </v:textbox>
-[...32 lines deleted...]
-    <w:p w14:paraId="40D92245" w14:textId="70631835" w:rsidR="00766D64" w:rsidRDefault="00766D64" w:rsidP="00802070">
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="6290507E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="テキスト ボックス 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:199.3pt;margin-top:10.9pt;width:80.15pt;height:34.65pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkATuyTQIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O2jAQvlfqO1i+lwSWnyUirOiuqCqh&#10;3ZXYas/GcSBS4nFtQ0KPIFV9iL5C1XOfJy/SsRNYtO2p6sWZ8fx5vm8mk5uqyMlOaJOBjGm3E1Ii&#10;JIckk+uYfnqav7umxFgmE5aDFDHdC0Nvpm/fTEoViR5sIE+EJphEmqhUMd1Yq6IgMHwjCmY6oIRE&#10;Ywq6YBZVvQ4SzUrMXuRBLwyHQQk6URq4MAZv7xojnfr8aSq4fUhTIyzJY4pvs/7U/ly5M5hOWLTW&#10;TG0y3j6D/cMrCpZJLHpOdccsI1ud/ZGqyLgGA6ntcCgCSNOMC98DdtMNX3Wz3DAlfC8IjlFnmMz/&#10;S8vvd4+aZElMR5RIViBF9fFrffhRH37Vx2+kPn6vj8f68BN1MnJwlcpEGLVUGGer91Ah7ad7g5cO&#10;hSrVhftifwTtCPz+DLaoLOEuKOyOxuGAEo62/tX4eth3aYKXaKWN/SCgIE6IqUYyPcZstzC2cT25&#10;uGIS5lmee0JzScqYDq8GoQ84WzB5LrGG66F5q5NstaraxlaQ7LEvDc2gGMXnGRZfMGMfmcbJwFZw&#10;2u0DHmkOWARaiZIN6C9/u3f+SBhaKSlx0mJqPm+ZFpTkHyVSOe72+240vdIfjHqo6EvL6tIit8Ut&#10;4DB3ca8U96Lzt/lJTDUUz7gUM1cVTUxyrB1TexJvbTP/uFRczGbeCYdRMbuQS8Vdageng/apemZa&#10;tfhbZO4eTjPJolc0NL4NEbOthTTzHDmAG1Rb3HGQPcvt0rlNudS918uvYfobAAD//wMAUEsDBBQA&#10;BgAIAAAAIQB64Iyc4QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NS8NAFEX3Qv/D8Aru7CSR&#10;lCRmUkqgCKKL1m7cTTKvSXA+YmbaRn+9z5VdPt7h3nPLzWw0u+DkB2cFxKsIGNrWqcF2Ao7vu4cM&#10;mA/SKqmdRQHf6GFTLe5KWSh3tXu8HELHKMT6QgroQxgLzn3bo5F+5Ua09Du5ychA59RxNckrhRvN&#10;kyhacyMHSw29HLHusf08nI2Al3r3JvdNYrIfXT+/nrbj1/EjFeJ+OW+fgAWcwz8Mf/qkDhU5Ne5s&#10;lWdawGOerQkVkMQ0gYA0zXJgjYA8joFXJb9dUP0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAJAE7sk0CAABiBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAeuCMnOEAAAAJAQAADwAAAAAAAAAAAAAAAACnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAALUFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="1F552A29" w14:textId="3C5A561B" w:rsidR="00126D8E" w:rsidRPr="00126D8E" w:rsidRDefault="00126D8E">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00126D8E">
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>【見本】</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46C24797" w14:textId="2A0046AA" w:rsidR="00980A5D" w:rsidRPr="00BF5CC3" w:rsidRDefault="00980A5D" w:rsidP="00802070">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:before="155"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:spacing w:val="115"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="4"/>
-[...12 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:noProof/>
           <w:spacing w:val="40"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51C7B01E" wp14:editId="36A08531">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51C7B01E" wp14:editId="028DADA9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-11187</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>137863</wp:posOffset>
+                  <wp:posOffset>203889</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6085840" cy="2839990"/>
-                <wp:effectExtent l="57150" t="19050" r="67310" b="93980"/>
+                <wp:extent cx="6086127" cy="2656056"/>
+                <wp:effectExtent l="57150" t="19050" r="67310" b="87630"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="正方形/長方形 6"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6085840" cy="2839990"/>
+                          <a:ext cx="6086127" cy="2656056"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="3">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="401CDBDE" id="正方形/長方形 6" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-.9pt;margin-top:10.85pt;width:479.2pt;height:223.6pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAP+SWBTAIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+whQ2gEiVIiKaVLV&#10;otGpz8axIZLj886GwP76nQ0JqKtUadqLc/b9/u67TO4PlWF7hb4Em/Nep8uZshKK0m5y/vNl8WXI&#10;mQ/CFsKAVTk/Ks/vp58/TWo3Vn3YgikUMgpi/bh2Od+G4MZZ5uVWVcJ3wClLSg1YiUBX3GQFipqi&#10;Vybrd7t3WQ1YOASpvKfXh5OST1N8rZUMz1p7FZjJOdUW0onpXMczm07EeIPCbUt5LkP8QxWVKC0l&#10;bUM9iCDYDsu/QlWlRPCgQ0dClYHWpVSpB+qm133TzWornEq9EDjetTD5/xdWPu1XbokEQ+382JMY&#10;uzhorOKX6mOHBNaxBUsdApP0eNcd3g4HhKkkXX94MxqNEpzZxd2hD98UVCwKOUeaRgJJ7B99oJRk&#10;2pjEbBYWpTHx/VJLksLRqGhg7A+lWVlQ9l4KlGii5gbZXtCAhZTKhl4cKoVO1tFNU9TW8eZjx7N9&#10;dFWJQq1z/2Pn1iNlBhta56q0gO8FMG3J+mTfIHDqO0KwhuK4RIZwIrB3clESpo/Ch6VAYizNgbYw&#10;PNOhDdQ5h7PE2Rbw93vv0Z6IRFrOatqAnPtfO4GKM/PdEsVGvUEcb0iXwe3XPl3wWrO+1thdNQea&#10;QY/23ckkRvtgGlEjVK+0rLOYlVTCSsqdcxmwuczDaTNp3aWazZIZrYkT4dGunGymHjnzcngV6M7E&#10;CsTJJ2i2RYzf8OtkG+dhYbYLoMtEvguuZ7xpxRJxzr+DuMPX92R1+WlN/wAAAP//AwBQSwMEFAAG&#10;AAgAAAAhADFMLsPcAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1lbi1TiII&#10;TYhTIRAPQMult228JFHjdbCdH94ec4LjaEYz31SH1QxiJud7ywrSXQKCuLG651bBx+ltuwfhA7LG&#10;wTIp+CYPh/r2psJS24XfaT6GVsQS9iUq6EIYSyl905FBv7MjcfQ+rTMYonSt1A6XWG4GmSVJLg32&#10;HBc6HOmlo+Z6nIyChWZZpGeXJecM5fgVToObXpW626zPTyACreEvDL/4ER3qyHSxE2svBgXbNJIH&#10;BVn6CCL6xUOeg7gouM/3Bci6kv8f1D8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAD/kl&#10;gUwCAAD8BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;MUwuw9wAAAAJAQAADwAAAAAAAAAAAAAAAACmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAK8FAAAAAA==&#10;" filled="f" strokecolor="#4579b8 [3044]">
+              <v:rect w14:anchorId="5BDECA54" id="正方形/長方形 6" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-.9pt;margin-top:16.05pt;width:479.2pt;height:209.15pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdMrxwfQIAACwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1O3DAQvlfqO1i+l2y2EOiKLFqBqCoh&#10;QIWKs3FsNpLjccfezW7fo30Aeu656qGPU6S+RcdONiCKhFT1ksx4vvn1N94/WDWGLRX6GmzJ860R&#10;Z8pKqGp7U/IPl8ev9jjzQdhKGLCq5Gvl+cH05Yv91k3UGOZgKoWMglg/aV3J5yG4SZZ5OVeN8Fvg&#10;lCWjBmxEIBVvsgpFS9Ebk41HoyJrASuHIJX3dHrUGfk0xddayXCmtVeBmZJTbSF9MX2v4zeb7ovJ&#10;DQo3r2VfhviHKhpRW0o6hDoSQbAF1n+FamqJ4EGHLQlNBlrXUqUeqJt89Kibi7lwKvVCw/FuGJP/&#10;f2Hl6fIcWV2VvODMioau6O7b17svP379vM1+f/7eSayIg2qdnxD+wp1jr3kSY9crjU38Uz9slYa7&#10;HoarVoFJOixGe0U+3uVMkm1c7BSjnRQ1u3d36MNbBQ2LQsmRbi8NVSxPfKCUBN1AYjYLx7Ux8TxW&#10;1tWSpLA2KgKMfa80NUfZ8xQo0UodGmRLQYQQUiob8tgbhU7o6KYp6uD4+nnHHh9dVaLc4Dx+3nnw&#10;SJnBhsG5qS3gUwHMULLu8JsJdH3HEVxDtaZ7RegI7508rmmmJ8KHc4HEcNoF2tpwRh9toC059BJn&#10;c8BPT51HPBGPrJy1tDEl9x8XAhVn5p0lSr7Jt7fjiiVle2d3TAo+tFw/tNhFcwh0Bzm9D04mMeKD&#10;2Ygaobmi5Z7FrGQSVlLuksuAG+UwdJtMz4NUs1mC0Vo5EU7shZObW4+cuVxdCXQ9sQJx8hQ22yUm&#10;j/jVYeN9WJgtAug6ke9+rv28aSUTcfrnI+78Qz2h7h+56R8AAAD//wMAUEsDBBQABgAIAAAAIQBR&#10;/WOl3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwFET3SPyDdZHYtXZCG9E0NxUC8QG0&#10;3XTnxpckqh/Bdh78PWYFy9GMZs5Uh8VoNpEPvbMI2VoAI9s41dsW4Xx6Xz0DC1FaJbWzhPBNAQ71&#10;/V0lS+Vm+0HTMbYsldhQSoQuxqHkPDQdGRnWbiCbvE/njYxJ+pYrL+dUbjTPhSi4kb1NC50c6LWj&#10;5nYcDcJME99lF5+LSy758BVP2o9viI8Py8seWKQl/oXhFz+hQ52Yrm60KjCNsMoSeUR4yjNgyd9t&#10;iwLYFWGzFRvgdcX/P6h/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF0yvHB9AgAALAUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFH9Y6XcAAAA&#10;CQEAAA8AAAAAAAAAAAAAAAAA1wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;" filled="f" strokecolor="#4579b8 [3044]">
                 <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="627E2700" w14:textId="529AF20E" w:rsidR="00BF5CC3" w:rsidRPr="00826DBB" w:rsidRDefault="00BF5CC3" w:rsidP="00766D64">
+    <w:p w14:paraId="627E2700" w14:textId="2DA3BC87" w:rsidR="00BF5CC3" w:rsidRPr="00826DBB" w:rsidRDefault="00BF5CC3" w:rsidP="00483DF1">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:before="155"/>
         <w:ind w:firstLineChars="100" w:firstLine="214"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00826DBB">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:noProof/>
           <w:spacing w:val="40"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="009E7B7A" wp14:editId="6F8F1E98">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4735399</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -1443,73 +1449,73 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1242"/>
         <w:gridCol w:w="8392"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FF0621" w:rsidRPr="002C1F9B" w14:paraId="373E9F8A" w14:textId="77777777" w:rsidTr="000879CC">
         <w:trPr>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1242" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DE31F23" w14:textId="344D1ED2" w:rsidR="00FF0621" w:rsidRPr="00A7516F" w:rsidRDefault="00FF0621" w:rsidP="00FF0621">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>評価項目</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8392" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D2E60A6" w14:textId="775BF586" w:rsidR="00FF0621" w:rsidRPr="00A7516F" w:rsidRDefault="00FF0621" w:rsidP="00FF0621">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>評価の視点</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C94C99" w:rsidRPr="002C1F9B" w14:paraId="46155216" w14:textId="77777777" w:rsidTr="000879CC">
         <w:trPr>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1242" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02202809" w14:textId="3449194E" w:rsidR="00C94C99" w:rsidRPr="00A7516F" w:rsidRDefault="009B64FA" w:rsidP="000879CC">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -2455,60 +2461,60 @@
     <w:lvl w:ilvl="7" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3555" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3975" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1765414956">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="162935589">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1374378207">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1613709521">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="98"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:drawingGridHorizontalSpacing w:val="107"/>
   <w:drawingGridVerticalSpacing w:val="311"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
@@ -2564,51 +2570,50 @@
     <w:rsid w:val="003829C7"/>
     <w:rsid w:val="00393ACF"/>
     <w:rsid w:val="003A77B6"/>
     <w:rsid w:val="003E7168"/>
     <w:rsid w:val="004279A1"/>
     <w:rsid w:val="00434809"/>
     <w:rsid w:val="0046616D"/>
     <w:rsid w:val="00483DF1"/>
     <w:rsid w:val="00487638"/>
     <w:rsid w:val="004A6C8C"/>
     <w:rsid w:val="005430B5"/>
     <w:rsid w:val="00557C09"/>
     <w:rsid w:val="00564AFA"/>
     <w:rsid w:val="00585149"/>
     <w:rsid w:val="005B628C"/>
     <w:rsid w:val="005D339D"/>
     <w:rsid w:val="00621CCC"/>
     <w:rsid w:val="006370FF"/>
     <w:rsid w:val="00660906"/>
     <w:rsid w:val="006B2CCC"/>
     <w:rsid w:val="0072121E"/>
     <w:rsid w:val="00721B9D"/>
     <w:rsid w:val="00725349"/>
     <w:rsid w:val="007368CB"/>
     <w:rsid w:val="007522EF"/>
-    <w:rsid w:val="00766D64"/>
     <w:rsid w:val="00784D65"/>
     <w:rsid w:val="007E5CC9"/>
     <w:rsid w:val="00802070"/>
     <w:rsid w:val="00826DBB"/>
     <w:rsid w:val="0084620E"/>
     <w:rsid w:val="008561E5"/>
     <w:rsid w:val="008934D0"/>
     <w:rsid w:val="008A301F"/>
     <w:rsid w:val="008A3145"/>
     <w:rsid w:val="008E44D2"/>
     <w:rsid w:val="008F5427"/>
     <w:rsid w:val="009112AE"/>
     <w:rsid w:val="00943680"/>
     <w:rsid w:val="0096035C"/>
     <w:rsid w:val="00980A5D"/>
     <w:rsid w:val="00992D06"/>
     <w:rsid w:val="009B64FA"/>
     <w:rsid w:val="009E6DB2"/>
     <w:rsid w:val="00A25DD0"/>
     <w:rsid w:val="00A32D91"/>
     <w:rsid w:val="00A32EAD"/>
     <w:rsid w:val="00A530E3"/>
     <w:rsid w:val="00A5590E"/>
     <w:rsid w:val="00A7516F"/>
     <w:rsid w:val="00A7622B"/>
@@ -3525,68 +3530,68 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>111</Words>
-  <Characters>638</Characters>
+  <Characters>639</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>748</CharactersWithSpaces>
+  <CharactersWithSpaces>749</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>kango24</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>