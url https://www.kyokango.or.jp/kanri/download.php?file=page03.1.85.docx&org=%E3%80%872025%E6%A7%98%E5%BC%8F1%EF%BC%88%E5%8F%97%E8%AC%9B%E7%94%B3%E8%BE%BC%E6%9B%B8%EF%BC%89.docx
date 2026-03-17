--- v0 (2025-12-07)
+++ v1 (2026-03-17)
@@ -10,58 +10,57 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="62C3A14A" w14:textId="3A953576" w:rsidR="007B746B" w:rsidRPr="00177346" w:rsidRDefault="0000138F" w:rsidP="000770E4">
+    <w:p w14:paraId="62C3A14A" w14:textId="3A953576" w:rsidR="007B746B" w:rsidRDefault="0000138F" w:rsidP="000770E4">
       <w:pPr>
         <w:ind w:right="1086" w:firstLineChars="334" w:firstLine="728"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA081E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>認定看護管理者</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA081E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>教育課程</w:t>
       </w:r>
       <w:r w:rsidR="00CC521F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CC521F">
         <w:rPr>
@@ -105,127 +104,158 @@
         </w:rPr>
         <w:t xml:space="preserve">ル　</w:t>
       </w:r>
       <w:r w:rsidR="00E66C66" w:rsidRPr="00FA081E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>受</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA081E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>講申込</w:t>
       </w:r>
       <w:r w:rsidR="001917B9" w:rsidRPr="00FA081E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>書</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="3D61FDCE" w14:textId="521B0F55" w:rsidR="006257F0" w:rsidRPr="006257F0" w:rsidRDefault="00000000" w:rsidP="000770E4">
+      <w:pPr>
+        <w:ind w:right="1086" w:firstLineChars="334" w:firstLine="658"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:pict w14:anchorId="43414A60">
+          <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+            <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+            <o:lock v:ext="edit" shapetype="t"/>
+          </v:shapetype>
+          <v:shape id="_x0000_s2051" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:612.2pt;margin-top:287.9pt;width:1.5pt;height:150.2pt;z-index:251658240;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="10491" w:type="dxa"/>
         <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1505"/>
-        <w:gridCol w:w="3554"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="4166"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="2694"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D17C4" w:rsidRPr="00060245" w14:paraId="3B5CBA0A" w14:textId="77777777" w:rsidTr="00A617D5">
+      <w:tr w:rsidR="000D17C4" w:rsidRPr="00060245" w14:paraId="3B5CBA0A" w14:textId="77777777" w:rsidTr="00316A97">
         <w:trPr>
           <w:trHeight w:val="189"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="060F6E66" w14:textId="77777777" w:rsidR="000D17C4" w:rsidRPr="00060245" w:rsidRDefault="000D17C4" w:rsidP="008E51C6">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ふりがな</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4166" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="190B02B8" w14:textId="77777777" w:rsidR="000D17C4" w:rsidRPr="00060245" w:rsidRDefault="000D17C4" w:rsidP="00177346">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:leftChars="0" w:left="0" w:rightChars="-365" w:right="-792"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FB76900" w14:textId="11EC99E5" w:rsidR="000D17C4" w:rsidRDefault="000D17C4" w:rsidP="00177346">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:leftChars="0" w:left="0" w:firstLineChars="100" w:firstLine="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>職　種</w:t>
             </w:r>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
@@ -309,161 +339,165 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>□ 助産師</w:t>
             </w:r>
             <w:r w:rsidR="000D17C4" w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">　  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>□ 看護師</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D17C4" w:rsidRPr="00060245" w14:paraId="4586407D" w14:textId="77777777" w:rsidTr="00C240AC">
+      <w:tr w:rsidR="000D17C4" w:rsidRPr="00060245" w14:paraId="4586407D" w14:textId="77777777" w:rsidTr="00316A97">
         <w:trPr>
           <w:trHeight w:val="614"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="668EBF6E" w14:textId="23799ACF" w:rsidR="000D17C4" w:rsidRPr="00060245" w:rsidRDefault="00F36196" w:rsidP="008E51C6">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>氏</w:t>
             </w:r>
             <w:r w:rsidR="0056434D" w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> 名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4166" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0D52D0C8" w14:textId="57073327" w:rsidR="000D17C4" w:rsidRPr="00060245" w:rsidRDefault="000D17C4" w:rsidP="00177346">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="182E5BD9" w14:textId="22D233A7" w:rsidR="000D17C4" w:rsidRPr="00060245" w:rsidRDefault="000D17C4" w:rsidP="00177346">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A5647" w:rsidRPr="00060245" w14:paraId="216234A8" w14:textId="77777777" w:rsidTr="003A5647">
+      <w:tr w:rsidR="003A5647" w:rsidRPr="00060245" w14:paraId="216234A8" w14:textId="77777777" w:rsidTr="00FE39A0">
         <w:trPr>
           <w:trHeight w:val="652"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5671" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DDABE70" w14:textId="77777777" w:rsidR="003A5647" w:rsidRPr="00060245" w:rsidRDefault="003A5647" w:rsidP="003A5647">
+          <w:p w14:paraId="0DDABE70" w14:textId="77777777" w:rsidR="003A5647" w:rsidRPr="00060245" w:rsidRDefault="003A5647" w:rsidP="00FE39A0">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:leftChars="150" w:left="1113" w:hangingChars="400" w:hanging="788"/>
+              <w:ind w:leftChars="250" w:left="1133" w:hangingChars="300" w:hanging="591"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">□ </w:t>
             </w:r>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -477,52 +511,55 @@
               </w:rPr>
               <w:t xml:space="preserve">会員　　 </w:t>
             </w:r>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">□　会員外　 　　　　</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5246" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07D8C09E" w14:textId="25884DCE" w:rsidR="003A5647" w:rsidRPr="00060245" w:rsidRDefault="003A5647" w:rsidP="003A5647">
             <w:pPr>
               <w:ind w:left="740" w:hanging="370"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>日本看護協会</w:t>
             </w:r>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
@@ -558,92 +595,99 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">（　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">　　</w:t>
             </w:r>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　　）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C240AC" w:rsidRPr="00060245" w14:paraId="033C5943" w14:textId="77777777" w:rsidTr="00C240AC">
+      <w:tr w:rsidR="00C240AC" w:rsidRPr="00060245" w14:paraId="033C5943" w14:textId="77777777" w:rsidTr="00FE39A0">
         <w:trPr>
           <w:trHeight w:val="687"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5671" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10EB32F3" w14:textId="052D2AF0" w:rsidR="00C240AC" w:rsidRPr="00060245" w:rsidRDefault="00C240AC" w:rsidP="00101E94">
+          <w:p w14:paraId="10EB32F3" w14:textId="7DCAE65A" w:rsidR="00C240AC" w:rsidRPr="001D0E95" w:rsidRDefault="00C240AC" w:rsidP="001D0E95">
             <w:pPr>
-              <w:ind w:leftChars="150" w:left="1113" w:hangingChars="400" w:hanging="788"/>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:ind w:leftChars="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">　※会員・会員外は選考に影響しません。</w:t>
+            <w:r w:rsidRPr="001D0E95">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>会員・会員外は選考に影響しません。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5246" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A0E576A" w14:textId="3C2B2427" w:rsidR="00C240AC" w:rsidRPr="00060245" w:rsidRDefault="00C240AC" w:rsidP="003A5647">
             <w:pPr>
               <w:ind w:left="740" w:hanging="370"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>京都府</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -707,119 +751,122 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">（　　　　　　</w:t>
             </w:r>
             <w:r w:rsidR="003A5647">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">　　</w:t>
             </w:r>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C06796" w:rsidRPr="00060245" w14:paraId="2AE466E6" w14:textId="77777777" w:rsidTr="00595705">
+      <w:tr w:rsidR="00C06796" w:rsidRPr="00060245" w14:paraId="2AE466E6" w14:textId="77777777" w:rsidTr="00316A97">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E895EFD" w14:textId="77777777" w:rsidR="006A493E" w:rsidRPr="00060245" w:rsidRDefault="006A493E" w:rsidP="008E51C6">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ふりがな</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8986" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="370DE3AE" w14:textId="77777777" w:rsidR="006A493E" w:rsidRPr="00060245" w:rsidRDefault="006A493E" w:rsidP="00177346">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00944CD1" w:rsidRPr="00060245" w14:paraId="0940E363" w14:textId="77777777" w:rsidTr="00595705">
+      <w:tr w:rsidR="00944CD1" w:rsidRPr="00060245" w14:paraId="0940E363" w14:textId="77777777" w:rsidTr="00316A97">
         <w:trPr>
           <w:trHeight w:val="934"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="662B6BED" w14:textId="5E66A94B" w:rsidR="00944CD1" w:rsidRPr="00060245" w:rsidRDefault="00944CD1" w:rsidP="008E51C6">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>施</w:t>
             </w:r>
             <w:r w:rsidR="0056434D" w:rsidRPr="00060245">
@@ -841,1362 +888,1164 @@
               <w:t>設</w:t>
             </w:r>
             <w:r w:rsidR="0056434D" w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8986" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55596BD9" w14:textId="77777777" w:rsidR="00944CD1" w:rsidRPr="00060245" w:rsidRDefault="00944CD1" w:rsidP="00177346">
+          <w:p w14:paraId="55596BD9" w14:textId="43CCBEE4" w:rsidR="00944CD1" w:rsidRPr="00060245" w:rsidRDefault="00944CD1" w:rsidP="00177346">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>施設番号（</w:t>
+            </w:r>
+            <w:r w:rsidR="00316A97">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.　　　　　　　）</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="594A0F7C" w14:textId="3A61CF45" w:rsidR="00944CD1" w:rsidRPr="00060245" w:rsidRDefault="00944CD1" w:rsidP="00177346">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0056434D" w:rsidRPr="00060245" w14:paraId="5BA67C81" w14:textId="77777777" w:rsidTr="00A617D5">
+      <w:tr w:rsidR="0056434D" w:rsidRPr="00060245" w14:paraId="5BA67C81" w14:textId="77777777" w:rsidTr="00E741A2">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1505" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="273F8A81" w14:textId="76EFBA27" w:rsidR="0056434D" w:rsidRPr="00060245" w:rsidRDefault="0056434D" w:rsidP="008E51C6">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>施 設 住 所</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5442" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="6292" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4BB1447D" w14:textId="77777777" w:rsidR="0056434D" w:rsidRPr="00060245" w:rsidRDefault="0056434D" w:rsidP="00177346">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>〒</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30186206" w14:textId="77777777" w:rsidR="0056434D" w:rsidRPr="00060245" w:rsidRDefault="0056434D" w:rsidP="00177346">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32755E11" w14:textId="1070BC53" w:rsidR="0056434D" w:rsidRPr="00060245" w:rsidRDefault="0056434D" w:rsidP="0081401B">
+          <w:p w14:paraId="32755E11" w14:textId="06C4B7D3" w:rsidR="0056434D" w:rsidRPr="00060245" w:rsidRDefault="00316A97" w:rsidP="0081401B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00060245">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>代表</w:t>
+            </w:r>
+            <w:r w:rsidR="0056434D" w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>TEL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0056434D" w:rsidRPr="00060245" w14:paraId="07CAFED7" w14:textId="77777777" w:rsidTr="00A617D5">
+      <w:tr w:rsidR="0051535C" w:rsidRPr="00060245" w14:paraId="131FADAE" w14:textId="77777777" w:rsidTr="00E741A2">
         <w:trPr>
-          <w:trHeight w:val="415"/>
+          <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1505" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46D91439" w14:textId="77777777" w:rsidR="0056434D" w:rsidRPr="00060245" w:rsidRDefault="0056434D" w:rsidP="008E51C6">
+          <w:p w14:paraId="746ED3AB" w14:textId="08452BF9" w:rsidR="0051535C" w:rsidRPr="00060245" w:rsidRDefault="0051535C" w:rsidP="008E51C6">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...91 lines deleted...]
-              <w:t>先</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>免許取得後の実務通算年数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8986" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05D6A4D5" w14:textId="50A80B00" w:rsidR="00101E94" w:rsidRPr="00060245" w:rsidRDefault="00A26396" w:rsidP="00177346">
+          <w:p w14:paraId="1134D9B4" w14:textId="77777777" w:rsidR="0051535C" w:rsidRPr="0051535C" w:rsidRDefault="0051535C" w:rsidP="00177346">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00060245">
-[...33 lines deleted...]
-              <w:t xml:space="preserve">　</w:t>
+          </w:p>
+          <w:p w14:paraId="5C10FF51" w14:textId="34BEA210" w:rsidR="0051535C" w:rsidRDefault="0051535C" w:rsidP="0051535C">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLineChars="50" w:firstLine="98"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　　　　年　　　　　　ヶ月　　　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00010AF5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>※</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00010AF5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>令和8年4月1日を基準とし、准看護師経験を含みません。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C06796" w:rsidRPr="00060245" w14:paraId="6CC89B48" w14:textId="77777777" w:rsidTr="0006106F">
+      <w:tr w:rsidR="00010AF5" w:rsidRPr="00060245" w14:paraId="6CC89B48" w14:textId="77777777" w:rsidTr="00010AF5">
         <w:trPr>
-          <w:trHeight w:val="1375"/>
+          <w:trHeight w:val="3399"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10491" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="7797" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="274AFFE7" w14:textId="0C903DE0" w:rsidR="008753FB" w:rsidRPr="00060245" w:rsidRDefault="008753FB" w:rsidP="00A617D5">
+          <w:p w14:paraId="274AFFE7" w14:textId="151E3263" w:rsidR="00010AF5" w:rsidRPr="00060245" w:rsidRDefault="00010AF5" w:rsidP="00A617D5">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>職 位</w:t>
             </w:r>
-            <w:r w:rsidR="00E6779B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53859700" w14:textId="0E92EC64" w:rsidR="008753FB" w:rsidRPr="00060245" w:rsidRDefault="008753FB" w:rsidP="00A617D5">
+          <w:p w14:paraId="53859700" w14:textId="607A19F4" w:rsidR="00010AF5" w:rsidRPr="00060245" w:rsidRDefault="00010AF5" w:rsidP="00A617D5">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:leftChars="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>看護部長職または看護部長以上に相当する職位にある者（施設長・所長など）</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="358360B7" w14:textId="33A3D46E" w:rsidR="008753FB" w:rsidRPr="00444BC6" w:rsidRDefault="008753FB" w:rsidP="00A617D5">
+          <w:p w14:paraId="358360B7" w14:textId="5795B5BA" w:rsidR="00010AF5" w:rsidRDefault="00010AF5" w:rsidP="00A617D5">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:leftChars="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>副看護部長職または</w:t>
             </w:r>
-            <w:r w:rsidRPr="00444BC6">
+            <w:r w:rsidRPr="00A032CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>副看護部長に相当する職位</w:t>
             </w:r>
-            <w:r w:rsidR="00444BC6" w:rsidRPr="00444BC6">
+            <w:r w:rsidRPr="001C5D91">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Arial" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>※</w:t>
             </w:r>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>にある者</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　　　　　　　　</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="2F1955C1" w14:textId="1FAEA19E" w:rsidR="00444BC6" w:rsidRPr="00444BC6" w:rsidRDefault="00444BC6" w:rsidP="00444BC6">
+          <w:p w14:paraId="122F3DC4" w14:textId="105C0054" w:rsidR="00010AF5" w:rsidRPr="00A032CA" w:rsidRDefault="00010AF5" w:rsidP="00A032CA">
             <w:pPr>
-              <w:widowControl/>
-              <w:ind w:firstLineChars="100" w:firstLine="177"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:leftChars="0" w:left="675"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...42 lines deleted...]
-                <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>保健医療福祉に関連した組織において、看護管理を行う立場を指す</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A032CA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>※保健医療福祉に関連した組織において看護管理を行う立場を指す</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49283BA4" w14:textId="792A34B1" w:rsidR="008753FB" w:rsidRDefault="008753FB" w:rsidP="00A617D5">
+          <w:p w14:paraId="14AC1B27" w14:textId="77777777" w:rsidR="00010AF5" w:rsidRDefault="00010AF5" w:rsidP="00A617D5">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:leftChars="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00060245">
-[...6 lines deleted...]
-              <w:t>看護師長職または看護師長に相当する職位にある者</w:t>
+            <w:r w:rsidRPr="00010AF5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">看護師長職または看護師長に相当する職位にある者　　　　　　　　　　　　　</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63346F26" w14:textId="373A4599" w:rsidR="00C423DE" w:rsidRPr="00060245" w:rsidRDefault="00C423DE" w:rsidP="00A617D5">
+          <w:p w14:paraId="299A5720" w14:textId="77777777" w:rsidR="00010AF5" w:rsidRPr="00010AF5" w:rsidRDefault="00010AF5" w:rsidP="00010AF5">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:leftChars="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00010AF5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>副看護師長または</w:t>
-[...8 lines deleted...]
-              <w:t>副看護師長に相当する職位にある者</w:t>
+              <w:t>副看護師長または副看護師長に相当する職位にある者</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DF22DC4" w14:textId="2D610035" w:rsidR="008753FB" w:rsidRPr="00060245" w:rsidRDefault="00DB08C4" w:rsidP="00A617D5">
+          <w:p w14:paraId="210D23B2" w14:textId="77777777" w:rsidR="00010AF5" w:rsidRDefault="00010AF5" w:rsidP="00010AF5">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:leftChars="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>主任職または主任に相当する職位にある者</w:t>
             </w:r>
-            <w:r w:rsidR="00617A85">
-[...6 lines deleted...]
-              <w:t>（副主任など含む）</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">（副主任など含む）　　　　　　　　　</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="161633A9" w14:textId="527B89C3" w:rsidR="008753FB" w:rsidRPr="00060245" w:rsidRDefault="00E6779B" w:rsidP="00E6779B">
+          <w:p w14:paraId="2AB5F4CB" w14:textId="13FE2F4C" w:rsidR="00010AF5" w:rsidRDefault="00010AF5" w:rsidP="00010AF5">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:leftChars="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ス</w:t>
             </w:r>
-            <w:r w:rsidR="00DB08C4" w:rsidRPr="00060245">
+            <w:r w:rsidRPr="00060245">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>タッフ</w:t>
             </w:r>
-          </w:p>
-[...58 lines deleted...]
-              <w:t>取得後の実務経験年数（通算）</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5432" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26E53C44" w14:textId="05A12D52" w:rsidR="00DB08C4" w:rsidRPr="00060245" w:rsidRDefault="00D43517" w:rsidP="00D43517">
+          <w:p w14:paraId="19DB55EA" w14:textId="77777777" w:rsidR="00010AF5" w:rsidRDefault="00010AF5" w:rsidP="00010AF5">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00060245">
-[...34 lines deleted...]
-            </w:r>
           </w:p>
-        </w:tc>
-[...14 lines deleted...]
-          <w:p w14:paraId="08D4EC8F" w14:textId="67AF9A86" w:rsidR="00D43517" w:rsidRPr="008A24FF" w:rsidRDefault="00D43517" w:rsidP="00D43517">
+          <w:p w14:paraId="35D97108" w14:textId="77777777" w:rsidR="00010AF5" w:rsidRDefault="00010AF5" w:rsidP="00010AF5">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLineChars="100" w:firstLine="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A24FF">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>【現職位の経験年数】</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="211EE97F" w14:textId="77777777" w:rsidR="00010AF5" w:rsidRDefault="00010AF5" w:rsidP="00010AF5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLineChars="100" w:firstLine="197"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58241CC5" w14:textId="77777777" w:rsidR="00010AF5" w:rsidRDefault="00010AF5" w:rsidP="00010AF5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLineChars="100" w:firstLine="197"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76378136" w14:textId="77777777" w:rsidR="00010AF5" w:rsidRDefault="00010AF5" w:rsidP="00010AF5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　年　　　ヶ月</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19D81EAA" w14:textId="77777777" w:rsidR="00010AF5" w:rsidRDefault="00010AF5" w:rsidP="00010AF5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1317F537" w14:textId="461E2071" w:rsidR="00010AF5" w:rsidRPr="00010AF5" w:rsidRDefault="00010AF5" w:rsidP="00010AF5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLineChars="50" w:firstLine="78"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00010AF5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>※</w:t>
+            </w:r>
+            <w:r w:rsidR="0051535C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A24FF">
+            <w:r w:rsidRPr="00010AF5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>令和8年4月1日を基準とし、</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="161633A9" w14:textId="30A2B1D4" w:rsidR="00010AF5" w:rsidRPr="00010AF5" w:rsidRDefault="00010AF5" w:rsidP="00010AF5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...31 lines deleted...]
-                <w:szCs w:val="4"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A24FF">
-[...24 lines deleted...]
-              <w:t>年　　　　　　　ヶ月</w:t>
+            <w:r w:rsidRPr="00010AF5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　 准看護師経験を含みません。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="27C82FE8" w14:textId="77777777" w:rsidR="0006106F" w:rsidRPr="008A24FF" w:rsidRDefault="0006106F" w:rsidP="0006106F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="-196" w:left="-424" w:hanging="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="192E25CB" w14:textId="77777777" w:rsidR="00C423DE" w:rsidRDefault="00C423DE" w:rsidP="0006106F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="-196" w:left="-424" w:hanging="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55388619" w14:textId="77777777" w:rsidR="00C423DE" w:rsidRPr="00060245" w:rsidRDefault="00C423DE" w:rsidP="0006106F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="-196" w:left="-424" w:hanging="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D2DF5D4" w14:textId="76515075" w:rsidR="0081401B" w:rsidRPr="00060245" w:rsidRDefault="0006106F" w:rsidP="00A8511C">
-      <w:pPr>
+    <w:p w14:paraId="7F372979" w14:textId="462DCB36" w:rsidR="004F3BD4" w:rsidRPr="004F3BD4" w:rsidRDefault="0006106F" w:rsidP="004F3BD4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
-        <w:ind w:leftChars="-130" w:left="-282"/>
+        <w:ind w:leftChars="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F3BD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>京都府看護協会個人情報保護方針に基づき、個人情報は本研修会の目的の範囲を超えて取り扱うことは</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D2DF5D4" w14:textId="70376C74" w:rsidR="0081401B" w:rsidRPr="00060245" w:rsidRDefault="0006106F" w:rsidP="004F3BD4">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="exact"/>
+        <w:ind w:leftChars="-130" w:left="-282" w:firstLineChars="300" w:firstLine="591"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060245">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>※京都府看護協会個人情報保護方針に基づき、個人情報は本研修会の目的の範囲を超えて取り扱うことはありませ</w:t>
+        <w:t>ありませ</w:t>
       </w:r>
       <w:r w:rsidR="00A8511C" w:rsidRPr="00060245">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ん。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28887CFC" w14:textId="172F995B" w:rsidR="00A8511C" w:rsidRPr="00060245" w:rsidRDefault="00A8511C" w:rsidP="00A8511C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="-130" w:left="-282"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="607797B5" w14:textId="38512D0F" w:rsidR="0081401B" w:rsidRPr="00060245" w:rsidRDefault="00A8511C" w:rsidP="00A8511C">
+    <w:p w14:paraId="607797B5" w14:textId="612EE081" w:rsidR="0081401B" w:rsidRPr="004F3BD4" w:rsidRDefault="00A8511C" w:rsidP="004F3BD4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="exact"/>
+        <w:ind w:leftChars="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F3BD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>会員の確認を行いますが、会員・会員外は選考に影響しません。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D3A7164" w14:textId="1DDC24A4" w:rsidR="00A8511C" w:rsidRDefault="00A8511C" w:rsidP="00A8511C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="-130" w:left="-282"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060245">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1D3A7164" w14:textId="661CD41B" w:rsidR="00A8511C" w:rsidRPr="00060245" w:rsidRDefault="00A8511C" w:rsidP="00A8511C">
+    <w:p w14:paraId="10AD7634" w14:textId="5041136B" w:rsidR="004F3BD4" w:rsidRPr="00060245" w:rsidRDefault="004F3BD4" w:rsidP="00A8511C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="-130" w:left="-282"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B01F449" w14:textId="4391364F" w:rsidR="00A8511C" w:rsidRPr="00060245" w:rsidRDefault="00A8511C" w:rsidP="00A8511C">
+    <w:p w14:paraId="7B01F449" w14:textId="3A082A83" w:rsidR="00A8511C" w:rsidRPr="00060245" w:rsidRDefault="00A8511C" w:rsidP="001D0E95">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
-        <w:ind w:leftChars="-130" w:left="-282"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060245">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>≪記入の注意≫</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34DD58CF" w14:textId="6910E969" w:rsidR="00060245" w:rsidRDefault="00060245" w:rsidP="00A8511C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="-130" w:left="-282"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060245">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48D7574E" w14:textId="5F58B180" w:rsidR="00CC521F" w:rsidRPr="00060245" w:rsidRDefault="00CC521F" w:rsidP="00A8511C">
+    <w:p w14:paraId="48D7574E" w14:textId="12C068EA" w:rsidR="00CC521F" w:rsidRPr="001D0E95" w:rsidRDefault="001D0E95" w:rsidP="001D0E95">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
-        <w:ind w:leftChars="-130" w:left="-282"/>
+        <w:ind w:firstLineChars="50" w:firstLine="98"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>・□には該当するところにレ点をつけてください。</w:t>
+        <w:t>・</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC521F" w:rsidRPr="001D0E95">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>□には該当するところにレ点をつけてください。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29677126" w14:textId="77777777" w:rsidR="00CC521F" w:rsidRDefault="00A8511C" w:rsidP="00A8511C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="-130" w:left="-282"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060245">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="633117B6" w14:textId="4A65407A" w:rsidR="00A8511C" w:rsidRPr="00060245" w:rsidRDefault="00A8511C" w:rsidP="00CC521F">
+    <w:p w14:paraId="633117B6" w14:textId="4A65407A" w:rsidR="00A8511C" w:rsidRPr="00060245" w:rsidRDefault="00A8511C" w:rsidP="001D0E95">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
-        <w:ind w:leftChars="-130" w:left="-282" w:firstLineChars="100" w:firstLine="197"/>
+        <w:ind w:leftChars="-130" w:left="-282" w:firstLineChars="200" w:firstLine="394"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="dotted"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060245">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>・</w:t>
       </w:r>
       <w:r w:rsidR="00060245" w:rsidRPr="00060245">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:t>枠内を正確に記載してください。記入漏れなどの不備は無効となります。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A49D315" w14:textId="5F2AEABA" w:rsidR="00060245" w:rsidRPr="00060245" w:rsidRDefault="00060245" w:rsidP="00A8511C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="-130" w:left="-282"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E942484" w14:textId="1BABB207" w:rsidR="00A617D5" w:rsidRDefault="00060245" w:rsidP="00A617D5">
+    <w:p w14:paraId="6043588D" w14:textId="2E68F691" w:rsidR="00C423DE" w:rsidRPr="006257F0" w:rsidRDefault="00060245" w:rsidP="006257F0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:leftChars="-130" w:left="-282"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:bCs/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060245">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">　・施設名は略さず、正式名称を記入してください。</w:t>
+        <w:t xml:space="preserve">　</w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="001D0E95">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">　</w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C423DE">
+      <w:r w:rsidRPr="00060245">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>経験年数等は</w:t>
-[...104 lines deleted...]
-        <w:t xml:space="preserve">　　　</w:t>
+        <w:t>・施設名は略さず、正式名称を記入してください。</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00C423DE" w:rsidRPr="00C423DE" w:rsidSect="00D540A5">
+    <w:sectPr w:rsidR="00C423DE" w:rsidRPr="006257F0" w:rsidSect="006257F0">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11900" w:h="16820" w:code="9"/>
-      <w:pgMar w:top="1701" w:right="567" w:bottom="1701" w:left="1191" w:header="1077" w:footer="851" w:gutter="0"/>
+      <w:pgMar w:top="1758" w:right="567" w:bottom="1134" w:left="1191" w:header="851" w:footer="851" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="linesAndChars" w:linePitch="326" w:charSpace="-4711"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="60EC34FB" w14:textId="77777777" w:rsidR="00A835D2" w:rsidRDefault="00A835D2" w:rsidP="002755E8">
+    <w:p w14:paraId="47661BC9" w14:textId="77777777" w:rsidR="00F57220" w:rsidRDefault="00F57220" w:rsidP="002755E8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="462B859B" w14:textId="77777777" w:rsidR="00A835D2" w:rsidRDefault="00A835D2" w:rsidP="002755E8">
+    <w:p w14:paraId="72C21CED" w14:textId="77777777" w:rsidR="00F57220" w:rsidRDefault="00F57220" w:rsidP="002755E8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2221,58 +2070,58 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ ゴシック">
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0698871E" w14:textId="77777777" w:rsidR="00A835D2" w:rsidRDefault="00A835D2" w:rsidP="002755E8">
+    <w:p w14:paraId="734266DD" w14:textId="77777777" w:rsidR="00F57220" w:rsidRDefault="00F57220" w:rsidP="002755E8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="01726F32" w14:textId="77777777" w:rsidR="00A835D2" w:rsidRDefault="00A835D2" w:rsidP="002755E8">
+    <w:p w14:paraId="6D523C5E" w14:textId="77777777" w:rsidR="00F57220" w:rsidRDefault="00F57220" w:rsidP="002755E8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6CCD1E03" w14:textId="77777777" w:rsidR="004C0752" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="171999623"/>
         <w:placeholder>
           <w:docPart w:val="238F700657414548B2C9D5E577EC9D0D"/>
         </w:placeholder>
         <w:temporary/>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtContent>
         <w:r w:rsidR="004C0752">
@@ -2925,50 +2774,162 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9402" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9882" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25B554C7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8DF8EB72"/>
+    <w:lvl w:ilvl="0" w:tplc="15DE6AC6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="※"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="275" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cstheme="minorBidi" w:hint="eastAsia"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="37181088">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="・"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="715" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cstheme="minorBidi" w:hint="eastAsia"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409000D" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1235" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1675" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0409000B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2115" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409000D" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2555" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2995" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0409000B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3435" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3875" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25D8103A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5F46E80"/>
     <w:lvl w:ilvl="0" w:tplc="5C62B5E0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="818" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cstheme="minorBidi" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1298" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -3036,51 +2997,163 @@
     <w:lvl w:ilvl="7" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3818" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4238" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26F71ADB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="39061612"/>
+    <w:lvl w:ilvl="0" w:tplc="D2F8F742">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="※"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cstheme="minorBidi" w:hint="eastAsia"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0409000B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1400" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409000D" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1840" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2280" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0409000B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2720" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409000D" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3160" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0409000B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4040" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4480" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A15066D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="361423EE"/>
     <w:lvl w:ilvl="0" w:tplc="3A006306">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="※"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cstheme="minorBidi" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -3148,51 +3221,51 @@
     <w:lvl w:ilvl="7" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A55055B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2BC8826"/>
     <w:lvl w:ilvl="0" w:tplc="8F760B4C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="※"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1345" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cstheme="minorBidi" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1825" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -3260,51 +3333,51 @@
     <w:lvl w:ilvl="7" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4345" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4765" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45C84A64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E62E1844"/>
     <w:lvl w:ilvl="0" w:tplc="429CBFA0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="・"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="Times New Roman" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -3372,51 +3445,51 @@
     <w:lvl w:ilvl="7" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53453276"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="14E4D5CE"/>
     <w:lvl w:ilvl="0" w:tplc="42F664B0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cstheme="minorBidi" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -3484,51 +3557,51 @@
     <w:lvl w:ilvl="7" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57D00FDE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6180A02"/>
     <w:lvl w:ilvl="0" w:tplc="0B80929E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="・"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="675"/>
         </w:tabs>
         <w:ind w:left="675" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="Times New Roman" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-315"/>
@@ -3623,51 +3696,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="2205"/>
         </w:tabs>
         <w:ind w:left="2205" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2625"/>
         </w:tabs>
         <w:ind w:left="2625" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64374E27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1C62458A"/>
     <w:lvl w:ilvl="0" w:tplc="B2247B2E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="※"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1350" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cstheme="minorBidi" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1830" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -3735,51 +3808,51 @@
     <w:lvl w:ilvl="7" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4350" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4770" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64B128BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8CBCA98C"/>
     <w:lvl w:ilvl="0" w:tplc="4860F8BA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cstheme="minorBidi" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="949" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -3847,51 +3920,51 @@
     <w:lvl w:ilvl="7" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3469" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3889" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7617328C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="42EA62E8"/>
     <w:lvl w:ilvl="0" w:tplc="99CCB6B8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="675" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cstheme="minorBidi" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1155" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -3959,345 +4032,369 @@
     <w:lvl w:ilvl="7" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3675" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4095" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="774058533">
+  <w:num w:numId="1" w16cid:durableId="1532911126">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="210583771">
+  <w:num w:numId="2" w16cid:durableId="1732726952">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1753578710">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="153498996">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="730229539">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="524096549">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1056658729">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="2087612052">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1464348778">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="416290297">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="10" w16cid:durableId="1941986253">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="588972702">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="11" w16cid:durableId="426770701">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="541867140">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="12" w16cid:durableId="645932790">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1316640667">
-[...2 lines deleted...]
-  <w:num w:numId="7" w16cid:durableId="379285655">
+  <w:num w:numId="13" w16cid:durableId="1943877248">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1726836401">
-[...2 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="344477573">
+  <w:num w:numId="14" w16cid:durableId="952596782">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1368482280">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="15" w16cid:durableId="1585382846">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="2118135495">
-[...2 lines deleted...]
-  <w:num w:numId="12" w16cid:durableId="1415475948">
+  <w:num w:numId="16" w16cid:durableId="1319069715">
     <w:abstractNumId w:val="7"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="98"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="960"/>
   <w:drawingGridHorizontalSpacing w:val="217"/>
   <w:drawingGridVerticalSpacing w:val="163"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050">
+    <o:shapedefaults v:ext="edit" spidmax="2052">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00773F18"/>
     <w:rsid w:val="0000138F"/>
+    <w:rsid w:val="00010AF5"/>
     <w:rsid w:val="00042364"/>
-    <w:rsid w:val="00047DE8"/>
     <w:rsid w:val="00060245"/>
     <w:rsid w:val="0006106F"/>
     <w:rsid w:val="00076602"/>
     <w:rsid w:val="000770E4"/>
     <w:rsid w:val="000821EA"/>
     <w:rsid w:val="000A68C0"/>
+    <w:rsid w:val="000B2E3B"/>
     <w:rsid w:val="000B655B"/>
+    <w:rsid w:val="000C15BE"/>
     <w:rsid w:val="000C55E3"/>
     <w:rsid w:val="000D17C4"/>
-    <w:rsid w:val="000E3A21"/>
     <w:rsid w:val="000E48B9"/>
     <w:rsid w:val="000E5E57"/>
+    <w:rsid w:val="000F7F7A"/>
     <w:rsid w:val="00101E94"/>
     <w:rsid w:val="0010641E"/>
     <w:rsid w:val="0011721C"/>
     <w:rsid w:val="001274F2"/>
     <w:rsid w:val="001464F1"/>
     <w:rsid w:val="0015535C"/>
     <w:rsid w:val="00165D2E"/>
     <w:rsid w:val="00177346"/>
     <w:rsid w:val="001917B9"/>
+    <w:rsid w:val="001B4238"/>
+    <w:rsid w:val="001D0E95"/>
     <w:rsid w:val="001D51ED"/>
     <w:rsid w:val="001E223B"/>
     <w:rsid w:val="001E50D6"/>
     <w:rsid w:val="00214CAE"/>
     <w:rsid w:val="002256A4"/>
     <w:rsid w:val="002714C7"/>
     <w:rsid w:val="002755E8"/>
+    <w:rsid w:val="002823A9"/>
     <w:rsid w:val="002839D7"/>
     <w:rsid w:val="00297D28"/>
     <w:rsid w:val="002A6687"/>
     <w:rsid w:val="002C14CE"/>
     <w:rsid w:val="002D2618"/>
     <w:rsid w:val="00311881"/>
+    <w:rsid w:val="00316A97"/>
     <w:rsid w:val="00341F37"/>
     <w:rsid w:val="00347F7A"/>
     <w:rsid w:val="003548FF"/>
     <w:rsid w:val="0037491A"/>
     <w:rsid w:val="00376CCC"/>
     <w:rsid w:val="00376E77"/>
     <w:rsid w:val="00377511"/>
     <w:rsid w:val="003810A4"/>
+    <w:rsid w:val="00386A22"/>
     <w:rsid w:val="00395D9B"/>
     <w:rsid w:val="003A4088"/>
     <w:rsid w:val="003A5647"/>
     <w:rsid w:val="004336A1"/>
-    <w:rsid w:val="00444BC6"/>
     <w:rsid w:val="00446D01"/>
     <w:rsid w:val="00447480"/>
     <w:rsid w:val="00466FF6"/>
     <w:rsid w:val="004722CB"/>
+    <w:rsid w:val="0048075D"/>
     <w:rsid w:val="00483B1A"/>
     <w:rsid w:val="004C0752"/>
-    <w:rsid w:val="004E0896"/>
+    <w:rsid w:val="004F3BD4"/>
+    <w:rsid w:val="0051535C"/>
     <w:rsid w:val="00534951"/>
     <w:rsid w:val="0053679A"/>
     <w:rsid w:val="0054535C"/>
     <w:rsid w:val="005601FC"/>
     <w:rsid w:val="0056434D"/>
     <w:rsid w:val="00593453"/>
-    <w:rsid w:val="00593E95"/>
     <w:rsid w:val="00595705"/>
     <w:rsid w:val="005F4323"/>
     <w:rsid w:val="005F6358"/>
     <w:rsid w:val="00604A4F"/>
     <w:rsid w:val="00617A85"/>
     <w:rsid w:val="00624F6C"/>
+    <w:rsid w:val="006257F0"/>
     <w:rsid w:val="00636FF2"/>
+    <w:rsid w:val="00637924"/>
     <w:rsid w:val="006524A5"/>
     <w:rsid w:val="00653DA6"/>
     <w:rsid w:val="006960AC"/>
     <w:rsid w:val="00697771"/>
     <w:rsid w:val="006A493E"/>
     <w:rsid w:val="006D09A3"/>
     <w:rsid w:val="006D15BF"/>
     <w:rsid w:val="006D3C6D"/>
     <w:rsid w:val="007224F2"/>
     <w:rsid w:val="00766AFC"/>
     <w:rsid w:val="007738BB"/>
     <w:rsid w:val="00773F18"/>
     <w:rsid w:val="007B3A67"/>
     <w:rsid w:val="007B746B"/>
+    <w:rsid w:val="007C2151"/>
+    <w:rsid w:val="007D21E4"/>
     <w:rsid w:val="007F5722"/>
     <w:rsid w:val="0081401B"/>
+    <w:rsid w:val="00845850"/>
     <w:rsid w:val="00846A25"/>
-    <w:rsid w:val="00861833"/>
     <w:rsid w:val="008753FB"/>
     <w:rsid w:val="008826F7"/>
-    <w:rsid w:val="0088452E"/>
     <w:rsid w:val="008847E1"/>
     <w:rsid w:val="008A24FF"/>
     <w:rsid w:val="008A2871"/>
     <w:rsid w:val="008B1279"/>
     <w:rsid w:val="008C57F4"/>
     <w:rsid w:val="008C5DBA"/>
     <w:rsid w:val="008E51C6"/>
     <w:rsid w:val="00907FA9"/>
     <w:rsid w:val="00944CD1"/>
     <w:rsid w:val="009457C0"/>
     <w:rsid w:val="0094695B"/>
     <w:rsid w:val="00952743"/>
-    <w:rsid w:val="009605BD"/>
     <w:rsid w:val="0096513D"/>
     <w:rsid w:val="0096582A"/>
     <w:rsid w:val="00970A4D"/>
     <w:rsid w:val="0098625D"/>
     <w:rsid w:val="0099094C"/>
     <w:rsid w:val="0099258C"/>
     <w:rsid w:val="009A2156"/>
     <w:rsid w:val="009A64FB"/>
     <w:rsid w:val="009B30A5"/>
     <w:rsid w:val="009B6D62"/>
+    <w:rsid w:val="00A032CA"/>
     <w:rsid w:val="00A245AD"/>
     <w:rsid w:val="00A26396"/>
     <w:rsid w:val="00A30682"/>
     <w:rsid w:val="00A3556A"/>
     <w:rsid w:val="00A53C29"/>
+    <w:rsid w:val="00A53EA2"/>
+    <w:rsid w:val="00A56BCA"/>
     <w:rsid w:val="00A60EB9"/>
     <w:rsid w:val="00A617D5"/>
     <w:rsid w:val="00A71EA6"/>
-    <w:rsid w:val="00A835D2"/>
     <w:rsid w:val="00A8511C"/>
     <w:rsid w:val="00AC52FB"/>
     <w:rsid w:val="00AD314A"/>
     <w:rsid w:val="00AD4D13"/>
     <w:rsid w:val="00AE127B"/>
     <w:rsid w:val="00AF3213"/>
     <w:rsid w:val="00AF5033"/>
     <w:rsid w:val="00AF7EBD"/>
     <w:rsid w:val="00B17CE8"/>
-    <w:rsid w:val="00B437AB"/>
     <w:rsid w:val="00B570D0"/>
-    <w:rsid w:val="00B6300D"/>
     <w:rsid w:val="00B80F28"/>
     <w:rsid w:val="00BA2900"/>
     <w:rsid w:val="00BA614B"/>
     <w:rsid w:val="00BA7D3A"/>
     <w:rsid w:val="00BE0410"/>
     <w:rsid w:val="00C03213"/>
     <w:rsid w:val="00C06796"/>
     <w:rsid w:val="00C21DA1"/>
     <w:rsid w:val="00C240AC"/>
     <w:rsid w:val="00C41C70"/>
     <w:rsid w:val="00C423DE"/>
-    <w:rsid w:val="00C54333"/>
     <w:rsid w:val="00C645C9"/>
     <w:rsid w:val="00C67B60"/>
     <w:rsid w:val="00C86B12"/>
     <w:rsid w:val="00C9316C"/>
     <w:rsid w:val="00C96416"/>
+    <w:rsid w:val="00CB2615"/>
     <w:rsid w:val="00CB4E0E"/>
     <w:rsid w:val="00CC521F"/>
     <w:rsid w:val="00CD37B9"/>
     <w:rsid w:val="00D25DE3"/>
     <w:rsid w:val="00D41DEE"/>
     <w:rsid w:val="00D43517"/>
     <w:rsid w:val="00D540A5"/>
     <w:rsid w:val="00D64994"/>
     <w:rsid w:val="00D8652A"/>
     <w:rsid w:val="00D86A5D"/>
     <w:rsid w:val="00DB08C4"/>
     <w:rsid w:val="00DB18CB"/>
     <w:rsid w:val="00DC065E"/>
     <w:rsid w:val="00DE6E5E"/>
     <w:rsid w:val="00E04489"/>
-    <w:rsid w:val="00E17D23"/>
+    <w:rsid w:val="00E35699"/>
     <w:rsid w:val="00E4609E"/>
+    <w:rsid w:val="00E66222"/>
     <w:rsid w:val="00E66C66"/>
     <w:rsid w:val="00E6779B"/>
+    <w:rsid w:val="00E741A2"/>
     <w:rsid w:val="00E76DA4"/>
+    <w:rsid w:val="00E85E1F"/>
+    <w:rsid w:val="00E921E3"/>
     <w:rsid w:val="00EC1F7D"/>
     <w:rsid w:val="00ED41AA"/>
     <w:rsid w:val="00EF7CF9"/>
-    <w:rsid w:val="00F0056A"/>
     <w:rsid w:val="00F00C28"/>
     <w:rsid w:val="00F352BF"/>
     <w:rsid w:val="00F36196"/>
     <w:rsid w:val="00F5266C"/>
     <w:rsid w:val="00F52B20"/>
+    <w:rsid w:val="00F57220"/>
     <w:rsid w:val="00F90983"/>
     <w:rsid w:val="00F909F2"/>
     <w:rsid w:val="00FA081E"/>
     <w:rsid w:val="00FA3513"/>
     <w:rsid w:val="00FA6F3B"/>
+    <w:rsid w:val="00FE2BA0"/>
     <w:rsid w:val="00FE36EF"/>
+    <w:rsid w:val="00FE39A0"/>
     <w:rsid w:val="00FE3EDC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050">
+    <o:shapedefaults v:ext="edit" spidmax="2052">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
+      <o:rules v:ext="edit">
+        <o:r id="V:Rule1" type="connector" idref="#_x0000_s2051"/>
+      </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="56AD3D3D"/>
   <w15:docId w15:val="{D42996B9-6B51-4A87-B45D-43D8E3D4C3BA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -5018,66 +5115,73 @@
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="960"/>
   <w:drawingGridVerticalSpacing w:val="200"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A81250"/>
     <w:rsid w:val="00001ACA"/>
+    <w:rsid w:val="000467EB"/>
+    <w:rsid w:val="000B2E3B"/>
+    <w:rsid w:val="001D6E7E"/>
+    <w:rsid w:val="00386A22"/>
+    <w:rsid w:val="0046575A"/>
     <w:rsid w:val="004A2BE9"/>
     <w:rsid w:val="00540BB8"/>
-    <w:rsid w:val="00593E95"/>
+    <w:rsid w:val="00563170"/>
     <w:rsid w:val="005A6D6C"/>
+    <w:rsid w:val="006F3114"/>
+    <w:rsid w:val="007D21E4"/>
+    <w:rsid w:val="0084012B"/>
     <w:rsid w:val="0099577F"/>
     <w:rsid w:val="009A22FE"/>
-    <w:rsid w:val="00A43770"/>
+    <w:rsid w:val="00A56BCA"/>
     <w:rsid w:val="00A81250"/>
-    <w:rsid w:val="00B437AB"/>
-    <w:rsid w:val="00B6300D"/>
     <w:rsid w:val="00BC3981"/>
+    <w:rsid w:val="00CB2615"/>
     <w:rsid w:val="00D46825"/>
     <w:rsid w:val="00DF5989"/>
     <w:rsid w:val="00E32E7C"/>
-    <w:rsid w:val="00F06038"/>
     <w:rsid w:val="00F44F7D"/>
+    <w:rsid w:val="00FE2BA0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -5858,66 +5962,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E936E67E-29C2-47CC-A171-DA97CEA83545}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>128</Words>
-  <Characters>733</Characters>
+  <Words>122</Words>
+  <Characters>701</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>860</CharactersWithSpaces>
+  <CharactersWithSpaces>822</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>池上 理子</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>