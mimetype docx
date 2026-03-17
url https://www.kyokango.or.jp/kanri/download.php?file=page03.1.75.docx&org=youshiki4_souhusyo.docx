--- v0 (2025-12-07)
+++ v1 (2026-03-17)
@@ -3,588 +3,658 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="00730A82" w14:textId="6938C5AE" w:rsidR="00041DB4" w:rsidRPr="009B42FD" w:rsidRDefault="00B31DEF" w:rsidP="00641C72">
+    <w:p w14:paraId="00730A82" w14:textId="2776D0FF" w:rsidR="00041DB4" w:rsidRPr="009B42FD" w:rsidRDefault="00307BF6" w:rsidP="00641C72">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>令和</w:t>
+      </w:r>
+      <w:r w:rsidR="00877722">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　</w:t>
+      </w:r>
+      <w:r w:rsidR="00641C72" w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r w:rsidR="00637458" w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　</w:t>
+      </w:r>
+      <w:r w:rsidR="00641C72" w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>月　　日</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5866DF3D" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00641C72">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D8F01F9" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00641C72">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="724B9874" w14:textId="71DED249" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="009A4DF2">
+      <w:pPr>
+        <w:ind w:right="880" w:firstLineChars="1800" w:firstLine="3960"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>≪</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>施設名</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>≫</w:t>
+      </w:r>
+      <w:r w:rsidR="001B1DA3">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="592482AA" w14:textId="1C2DA21A" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="009A4DF2">
+      <w:pPr>
+        <w:wordWrap w:val="0"/>
+        <w:ind w:right="282"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>≪</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>施設看護職代表者氏名</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>≫</w:t>
+      </w:r>
+      <w:r w:rsidR="00F804E3" w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4DF2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　</w:t>
+      </w:r>
+      <w:r w:rsidR="00F804E3" w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4DF2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r w:rsidR="00F804E3" w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B1DA3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r w:rsidR="00605EFB" w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>印</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B59C95" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00641C72">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A44DE64" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00641C72">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F146922" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00641C72">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D123025" w14:textId="2939A814" w:rsidR="000168A7" w:rsidRPr="009B42FD" w:rsidRDefault="00307BF6" w:rsidP="00641C72">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>令和</w:t>
+      </w:r>
+      <w:r w:rsidR="001B1DA3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>８</w:t>
+      </w:r>
+      <w:r w:rsidR="00605EFB" w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>年度</w:t>
+      </w:r>
+      <w:r w:rsidR="000168A7" w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r w:rsidR="00641C72" w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>認定看護管理者教育課程</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3922" w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>「</w:t>
+      </w:r>
+      <w:r w:rsidR="00801022" w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ファーストレベル</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3922" w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>」</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DCDB969" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00641C72">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>受講申込について</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="484EACF0" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00641C72">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D4D4B15" w14:textId="77777777" w:rsidR="005871B8" w:rsidRPr="009B42FD" w:rsidRDefault="005871B8" w:rsidP="00641C72">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69461A93" w14:textId="77777777" w:rsidR="005871B8" w:rsidRPr="009B42FD" w:rsidRDefault="005871B8" w:rsidP="00641C72">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41767137" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="005871B8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>標記について</w:t>
+      </w:r>
+      <w:r w:rsidR="00890215" w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>、以下</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>の受講申込書類を送付します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77E20F76" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00641C72">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="367822D2" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00641C72">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39DC9CFE" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00641C72">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>記</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F7F99C8" w14:textId="77777777" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00641C72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D3B81DF" w14:textId="62FF69AE" w:rsidR="00641C72" w:rsidRPr="009B42FD" w:rsidRDefault="00641C72" w:rsidP="00641C72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EF2174A" w14:textId="77777777" w:rsidR="000168A7" w:rsidRPr="009B42FD" w:rsidRDefault="000168A7" w:rsidP="00641C72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18742C1B" w14:textId="71A292E4" w:rsidR="00FD1379" w:rsidRPr="009B42FD" w:rsidRDefault="00FD1379" w:rsidP="009A4DF2">
+      <w:pPr>
+        <w:ind w:firstLineChars="300" w:firstLine="630"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>受講申込者一覧</w:t>
+      </w:r>
+      <w:r w:rsidR="00163D84">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>（優先順位を明記）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BCCC074" w14:textId="7C13977E" w:rsidR="00641C72" w:rsidRDefault="00641C72" w:rsidP="005871B8">
+      <w:pPr>
+        <w:ind w:firstLineChars="300" w:firstLine="660"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>≪</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>受講申込者氏名</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B42FD">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>≫</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16A7A620" w14:textId="77777777" w:rsidR="00E77D26" w:rsidRPr="009B42FD" w:rsidRDefault="00E77D26" w:rsidP="005871B8">
+      <w:pPr>
+        <w:ind w:firstLineChars="300" w:firstLine="660"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39000845" w14:textId="77777777" w:rsidR="000168A7" w:rsidRPr="009B42FD" w:rsidRDefault="000168A7" w:rsidP="005871B8">
+      <w:pPr>
+        <w:ind w:firstLineChars="300" w:firstLine="660"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="514A08A5" w14:textId="77777777" w:rsidR="000168A7" w:rsidRPr="009B42FD" w:rsidRDefault="000168A7" w:rsidP="005871B8">
+      <w:pPr>
+        <w:ind w:firstLineChars="300" w:firstLine="660"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="203A8A05" w14:textId="77777777" w:rsidR="000168A7" w:rsidRPr="009B42FD" w:rsidRDefault="000168A7" w:rsidP="005871B8">
+      <w:pPr>
+        <w:ind w:firstLineChars="300" w:firstLine="660"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00CDA0C3" w14:textId="77777777" w:rsidR="000168A7" w:rsidRPr="009B42FD" w:rsidRDefault="000168A7" w:rsidP="005871B8">
+      <w:pPr>
+        <w:ind w:firstLineChars="300" w:firstLine="660"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B9CFC21" w14:textId="77777777" w:rsidR="000168A7" w:rsidRPr="009B42FD" w:rsidRDefault="000168A7" w:rsidP="005871B8">
+      <w:pPr>
+        <w:ind w:firstLineChars="300" w:firstLine="660"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00816D0A" w14:textId="77777777" w:rsidR="000168A7" w:rsidRPr="009B42FD" w:rsidRDefault="000168A7" w:rsidP="005871B8">
+      <w:pPr>
+        <w:ind w:firstLineChars="300" w:firstLine="660"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0040B8A2" w14:textId="77777777" w:rsidR="000168A7" w:rsidRPr="009B42FD" w:rsidRDefault="000168A7" w:rsidP="005871B8">
+      <w:pPr>
+        <w:ind w:firstLineChars="300" w:firstLine="660"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DF7C178" w14:textId="77777777" w:rsidR="000168A7" w:rsidRPr="009B42FD" w:rsidRDefault="000168A7" w:rsidP="005871B8">
+      <w:pPr>
+        <w:ind w:firstLineChars="300" w:firstLine="660"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34C5FAC9" w14:textId="77777777" w:rsidR="000168A7" w:rsidRPr="009B42FD" w:rsidRDefault="000168A7" w:rsidP="005871B8">
+      <w:pPr>
+        <w:ind w:firstLineChars="300" w:firstLine="660"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A32CB76" w14:textId="77777777" w:rsidR="000168A7" w:rsidRPr="009B42FD" w:rsidRDefault="000168A7" w:rsidP="005871B8">
+      <w:pPr>
+        <w:ind w:firstLineChars="300" w:firstLine="660"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79B42A8E" w14:textId="77777777" w:rsidR="000168A7" w:rsidRPr="009B42FD" w:rsidRDefault="000168A7" w:rsidP="005871B8">
+      <w:pPr>
+        <w:ind w:firstLineChars="300" w:firstLine="660"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FD18EBD" w14:textId="72F0E331" w:rsidR="000168A7" w:rsidRPr="009A4DF2" w:rsidRDefault="009A4DF2" w:rsidP="009A4DF2">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:leftChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...53 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>≪</w:t>
-[...438 lines deleted...]
-    <w:p w14:paraId="0FD18EBD" w14:textId="77777777" w:rsidR="000168A7" w:rsidRPr="009B42FD" w:rsidRDefault="000168A7" w:rsidP="005871B8">
+        <w:t>ファーストレベル・セカンドレベル各々でご提出ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="755D9397" w14:textId="503B16C1" w:rsidR="000168A7" w:rsidRPr="009B42FD" w:rsidRDefault="000168A7" w:rsidP="005871B8">
       <w:pPr>
         <w:ind w:firstLineChars="300" w:firstLine="660"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000168A7" w:rsidRPr="009B42FD">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1701" w:bottom="1701" w:left="1701" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0FE026B3" w14:textId="77777777" w:rsidR="00054A77" w:rsidRDefault="00054A77" w:rsidP="00641C72">
+    <w:p w14:paraId="7CF43910" w14:textId="77777777" w:rsidR="002225B1" w:rsidRDefault="002225B1" w:rsidP="00641C72">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2670E7C0" w14:textId="77777777" w:rsidR="00054A77" w:rsidRDefault="00054A77" w:rsidP="00641C72">
+    <w:p w14:paraId="28298B04" w14:textId="77777777" w:rsidR="002225B1" w:rsidRDefault="002225B1" w:rsidP="00641C72">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -601,303 +671,304 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ ゴシック">
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0BFEF7CE" w14:textId="77777777" w:rsidR="00054A77" w:rsidRDefault="00054A77" w:rsidP="00641C72">
+    <w:p w14:paraId="2815E7C1" w14:textId="77777777" w:rsidR="002225B1" w:rsidRDefault="002225B1" w:rsidP="00641C72">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="637F9816" w14:textId="77777777" w:rsidR="00054A77" w:rsidRDefault="00054A77" w:rsidP="00641C72">
+    <w:p w14:paraId="26685FB5" w14:textId="77777777" w:rsidR="002225B1" w:rsidRDefault="002225B1" w:rsidP="00641C72">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="34684B92" w14:textId="3193C6B5" w:rsidR="00641C72" w:rsidRDefault="00605EFB">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
       <w:t>≪</w:t>
     </w:r>
     <w:r w:rsidR="00641C72">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
       <w:t>様式</w:t>
     </w:r>
     <w:r w:rsidR="00985BDC">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
       <w:t>≫</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0C507936"/>
+    <w:nsid w:val="616D569A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="07360182"/>
-    <w:lvl w:ilvl="0" w:tplc="AB30D626">
+    <w:tmpl w:val="94BEE5C8"/>
+    <w:lvl w:ilvl="0" w:tplc="E5AEDC94">
+      <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="※"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1020" w:hanging="360"/>
+        <w:ind w:left="2565" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1540" w:hanging="440"/>
+        <w:ind w:left="3085" w:hanging="440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409000D" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1980" w:hanging="440"/>
+        <w:ind w:left="3525" w:hanging="440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2420" w:hanging="440"/>
+        <w:ind w:left="3965" w:hanging="440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2860" w:hanging="440"/>
+        <w:ind w:left="4405" w:hanging="440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409000D" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3300" w:hanging="440"/>
+        <w:ind w:left="4845" w:hanging="440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3740" w:hanging="440"/>
+        <w:ind w:left="5285" w:hanging="440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4180" w:hanging="440"/>
+        <w:ind w:left="5725" w:hanging="440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4620" w:hanging="440"/>
+        <w:ind w:left="6165" w:hanging="440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1244143683">
+  <w:num w:numId="1" w16cid:durableId="955528568">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="98"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00641C72"/>
     <w:rsid w:val="000103D8"/>
     <w:rsid w:val="000168A7"/>
     <w:rsid w:val="00025666"/>
     <w:rsid w:val="00041DB4"/>
     <w:rsid w:val="00046B6D"/>
     <w:rsid w:val="00054A77"/>
     <w:rsid w:val="00097E29"/>
     <w:rsid w:val="00163D84"/>
     <w:rsid w:val="0019524F"/>
+    <w:rsid w:val="001B1DA3"/>
+    <w:rsid w:val="002225B1"/>
     <w:rsid w:val="00284D06"/>
     <w:rsid w:val="002C160F"/>
-    <w:rsid w:val="002D5F4F"/>
-    <w:rsid w:val="002D7715"/>
     <w:rsid w:val="00307BF6"/>
     <w:rsid w:val="003C5045"/>
     <w:rsid w:val="003D3860"/>
     <w:rsid w:val="003F5C9A"/>
     <w:rsid w:val="005871B8"/>
     <w:rsid w:val="005A01EF"/>
     <w:rsid w:val="00605EFB"/>
     <w:rsid w:val="00637458"/>
     <w:rsid w:val="00641C72"/>
     <w:rsid w:val="006F2C27"/>
-    <w:rsid w:val="007F4592"/>
     <w:rsid w:val="00801022"/>
-    <w:rsid w:val="008533FF"/>
+    <w:rsid w:val="00877722"/>
     <w:rsid w:val="00890215"/>
-    <w:rsid w:val="008B1378"/>
     <w:rsid w:val="008E4585"/>
     <w:rsid w:val="0095151D"/>
     <w:rsid w:val="00985BDC"/>
+    <w:rsid w:val="009A4DF2"/>
     <w:rsid w:val="009B42FD"/>
     <w:rsid w:val="009C3DC4"/>
     <w:rsid w:val="009F11E5"/>
     <w:rsid w:val="00B1200C"/>
-    <w:rsid w:val="00B31DEF"/>
+    <w:rsid w:val="00C12A7D"/>
     <w:rsid w:val="00CB57B0"/>
     <w:rsid w:val="00CD2AEE"/>
     <w:rsid w:val="00CE7FA0"/>
     <w:rsid w:val="00D16DBE"/>
     <w:rsid w:val="00D62FDD"/>
+    <w:rsid w:val="00D768D5"/>
+    <w:rsid w:val="00D77841"/>
     <w:rsid w:val="00DC3922"/>
-    <w:rsid w:val="00E73AEE"/>
+    <w:rsid w:val="00DC46E2"/>
     <w:rsid w:val="00E77D26"/>
     <w:rsid w:val="00F804E3"/>
     <w:rsid w:val="00FD1379"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -1454,51 +1525,51 @@
     <w:rsid w:val="00890215"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="吹き出し (文字)"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00890215"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="008533FF"/>
+    <w:rsid w:val="009A4DF2"/>
     <w:pPr>
       <w:ind w:leftChars="400" w:left="840"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1016495826">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
@@ -1779,66 +1850,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>22</Words>
-  <Characters>131</Characters>
+  <Words>27</Words>
+  <Characters>159</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>152</CharactersWithSpaces>
+  <CharactersWithSpaces>185</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>kango11</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>