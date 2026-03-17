--- v0 (2025-12-07)
+++ v1 (2026-03-17)
@@ -1,52 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="64E6E8AD" w14:textId="25617ABB" w:rsidR="00C70081" w:rsidRDefault="00C70081" w:rsidP="002809AB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">〇　</w:t>
       </w:r>
       <w:r w:rsidR="00802CA4">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>レポート</w:t>
       </w:r>
       <w:r w:rsidR="003D128A">
         <w:rPr>
@@ -249,65 +248,65 @@
             <w:r w:rsidR="00DC6A5D">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>明朝</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32FFE7CD" w14:textId="77777777" w:rsidR="00DC6A5D" w:rsidRDefault="00DC6A5D" w:rsidP="002809AB">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:rightChars="-187" w:right="-393"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　○フォント10.5ポイント　　　　○字数・行数：42字×45行</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E6C8123" w14:textId="6767B65B" w:rsidR="00DC6A5D" w:rsidRDefault="00DC6A5D" w:rsidP="002809AB">
+          <w:p w14:paraId="1E6C8123" w14:textId="72DA6F84" w:rsidR="00DC6A5D" w:rsidRDefault="00DC6A5D" w:rsidP="002809AB">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:rightChars="-187" w:right="-393"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">　　　　　○数字英字は半角　　</w:t>
+              <w:t xml:space="preserve">　　　　　○数字英字は半角</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4470D90E" w14:textId="6F3FB181" w:rsidR="003D128A" w:rsidRDefault="00DC6A5D" w:rsidP="002809AB">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:rightChars="-187" w:right="-393"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　○最後に</w:t>
             </w:r>
             <w:r w:rsidRPr="00911E33">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="wave"/>
               </w:rPr>
               <w:t>本文の総文字数を明記：例）（756字）</w:t>
@@ -1292,146 +1291,146 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39AF9211" w14:textId="1F837783" w:rsidR="00D33591" w:rsidRPr="004F6E8B" w:rsidRDefault="00D33591" w:rsidP="002809AB">
       <w:pPr>
         <w:wordWrap w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D33591" w:rsidRPr="004F6E8B" w:rsidSect="00D01C59">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1701" w:bottom="1134" w:left="1701" w:header="1077" w:footer="1021" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C39585D" w14:textId="77777777" w:rsidR="00B64F6A" w:rsidRDefault="00B64F6A" w:rsidP="008177AC">
+    <w:p w14:paraId="5FBA9F21" w14:textId="77777777" w:rsidR="00D36427" w:rsidRDefault="00D36427" w:rsidP="008177AC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="42E23DBF" w14:textId="77777777" w:rsidR="00B64F6A" w:rsidRDefault="00B64F6A" w:rsidP="008177AC">
+    <w:p w14:paraId="266FEF89" w14:textId="77777777" w:rsidR="00D36427" w:rsidRDefault="00D36427" w:rsidP="008177AC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游ゴシック Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="656F49AF" w14:textId="77777777" w:rsidR="00B64F6A" w:rsidRDefault="00B64F6A" w:rsidP="008177AC">
+    <w:p w14:paraId="0AA43FBF" w14:textId="77777777" w:rsidR="00D36427" w:rsidRDefault="00D36427" w:rsidP="008177AC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C348BDA" w14:textId="77777777" w:rsidR="00B64F6A" w:rsidRDefault="00B64F6A" w:rsidP="008177AC">
+    <w:p w14:paraId="3B817DB0" w14:textId="77777777" w:rsidR="00D36427" w:rsidRDefault="00D36427" w:rsidP="008177AC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79C3E9FF" w14:textId="0AA8B929" w:rsidR="008177AC" w:rsidRDefault="002315E4">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
       <w:t>≪様式2≫</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="032303C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F203FDE"/>
     <w:lvl w:ilvl="0" w:tplc="43A6B4AE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="※"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cstheme="minorBidi" w:hint="eastAsia"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2280" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
@@ -1738,61 +1737,60 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1367366331">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="597063002">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="597834785">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="98"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -1807,102 +1805,105 @@
     <w:rsid w:val="00045ECB"/>
     <w:rsid w:val="000E1615"/>
     <w:rsid w:val="00183F2B"/>
     <w:rsid w:val="001E73E0"/>
     <w:rsid w:val="002315E4"/>
     <w:rsid w:val="002809AB"/>
     <w:rsid w:val="00316C30"/>
     <w:rsid w:val="003175CF"/>
     <w:rsid w:val="00327991"/>
     <w:rsid w:val="00373E97"/>
     <w:rsid w:val="003D128A"/>
     <w:rsid w:val="003F5537"/>
     <w:rsid w:val="003F6DE9"/>
     <w:rsid w:val="00461DAC"/>
     <w:rsid w:val="00483674"/>
     <w:rsid w:val="004D7CC7"/>
     <w:rsid w:val="004F6E8B"/>
     <w:rsid w:val="005075EE"/>
     <w:rsid w:val="00625B0E"/>
     <w:rsid w:val="006559B5"/>
     <w:rsid w:val="00657FC5"/>
     <w:rsid w:val="00725551"/>
     <w:rsid w:val="007651D5"/>
     <w:rsid w:val="00802CA4"/>
     <w:rsid w:val="008177AC"/>
+    <w:rsid w:val="00835DCD"/>
     <w:rsid w:val="008C526F"/>
     <w:rsid w:val="00911E33"/>
     <w:rsid w:val="009D45A3"/>
     <w:rsid w:val="00B10ED0"/>
     <w:rsid w:val="00B33452"/>
     <w:rsid w:val="00B50997"/>
     <w:rsid w:val="00B64F6A"/>
+    <w:rsid w:val="00C12A7D"/>
     <w:rsid w:val="00C70081"/>
     <w:rsid w:val="00CA1AD1"/>
     <w:rsid w:val="00D01C59"/>
     <w:rsid w:val="00D05FF9"/>
     <w:rsid w:val="00D33591"/>
+    <w:rsid w:val="00D36427"/>
     <w:rsid w:val="00DC6A5D"/>
     <w:rsid w:val="00ED317A"/>
     <w:rsid w:val="00F140EB"/>
     <w:rsid w:val="00F22A30"/>
     <w:rsid w:val="00FA4F6B"/>
     <w:rsid w:val="00FC47C7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="012707CB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{91B5BFC4-8941-4583-9C2C-C6B7441D7D08}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2443,51 +2444,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00483674"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="吹き出し (文字)"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00483674"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -2755,69 +2756,69 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>79</Words>
-  <Characters>453</Characters>
+  <Characters>451</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>531</CharactersWithSpaces>
+  <CharactersWithSpaces>529</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>kango51</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>